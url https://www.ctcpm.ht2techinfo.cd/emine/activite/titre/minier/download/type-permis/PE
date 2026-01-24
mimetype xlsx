--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="632">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="639">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES TITRES MINIERS (PE)</t>
   </si>
   <si>
     <t>TITULAIRE</t>
   </si>
   <si>
     <t>TYPE</t>
   </si>
   <si>
     <t>NUMERO</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>CARRE MINIER</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
@@ -1908,50 +1908,71 @@
     <t>SOCIETE DU CHARBONNAGE DE MAKALA SAS</t>
   </si>
   <si>
     <t>2018/11/21</t>
   </si>
   <si>
     <t>2019/01/21</t>
   </si>
   <si>
     <t>2020/02/07</t>
   </si>
   <si>
     <t>TENKE FUNGURUME MINING</t>
   </si>
   <si>
     <t>2005/09/17</t>
   </si>
   <si>
     <t>2020/09/16</t>
   </si>
   <si>
     <t>2020/08/26</t>
   </si>
   <si>
     <t>2035/08/26</t>
+  </si>
+  <si>
+    <t>Haut-Katanga</t>
+  </si>
+  <si>
+    <t>2020/10/13</t>
+  </si>
+  <si>
+    <t>2026/09/17</t>
+  </si>
+  <si>
+    <t>2020/12/31</t>
+  </si>
+  <si>
+    <t>2035/12/29</t>
+  </si>
+  <si>
+    <t>2025/04/07</t>
+  </si>
+  <si>
+    <t>2028/01/28</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2267,51 +2288,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H574"/>
+  <dimension ref="A1:H577"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H3" sqref="H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
@@ -14852,50 +14873,113 @@
       <c r="G573" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>627</v>
       </c>
       <c r="B574" t="s">
         <v>11</v>
       </c>
       <c r="C574">
         <v>9707</v>
       </c>
       <c r="D574" t="s">
         <v>12</v>
       </c>
       <c r="E574" t="s">
         <v>13</v>
       </c>
       <c r="F574" t="s">
         <v>630</v>
       </c>
       <c r="G574" t="s">
         <v>631</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575"/>
+      <c r="B575" t="s">
+        <v>11</v>
+      </c>
+      <c r="C575">
+        <v>4578</v>
+      </c>
+      <c r="D575" t="s">
+        <v>12</v>
+      </c>
+      <c r="E575" t="s">
+        <v>632</v>
+      </c>
+      <c r="F575" t="s">
+        <v>633</v>
+      </c>
+      <c r="G575" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576"/>
+      <c r="B576" t="s">
+        <v>11</v>
+      </c>
+      <c r="C576">
+        <v>250</v>
+      </c>
+      <c r="D576" t="s">
+        <v>12</v>
+      </c>
+      <c r="E576" t="s">
+        <v>632</v>
+      </c>
+      <c r="F576" t="s">
+        <v>635</v>
+      </c>
+      <c r="G576" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577"/>
+      <c r="B577" t="s">
+        <v>11</v>
+      </c>
+      <c r="C577">
+        <v>1771</v>
+      </c>
+      <c r="D577" t="s">
+        <v>12</v>
+      </c>
+      <c r="E577" t="s">
+        <v>632</v>
+      </c>
+      <c r="F577" t="s">
+        <v>637</v>
+      </c>
+      <c r="G577" t="s">
+        <v>638</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>